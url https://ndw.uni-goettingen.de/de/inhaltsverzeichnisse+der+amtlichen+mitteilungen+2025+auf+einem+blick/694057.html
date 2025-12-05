--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -16441,95 +16441,51 @@
     </w:p>
     <w:p w14:paraId="69870C98" w14:textId="343A3D7A" w:rsidR="00E21E42" w:rsidRDefault="00E21E42" w:rsidP="00E21E42">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>Amtliche Mitteilungen I Nr. 3</w:t>
-[...43 lines deleted...]
-        <w:t>.10.2025</w:t>
+        <w:t>Amtliche Mitteilungen I Nr. 32 vom 09.10.2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFB1807" w14:textId="77777777" w:rsidR="00E21E42" w:rsidRPr="00592A45" w:rsidRDefault="00E21E42" w:rsidP="00E21E42">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47D5CB90" w14:textId="77777777" w:rsidR="00E21E42" w:rsidRPr="00592A45" w:rsidRDefault="00E21E42" w:rsidP="00E21E42">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00592A45">
         <w:rPr>
@@ -16854,139 +16810,6654 @@
     <w:p w14:paraId="000DA93E" w14:textId="77777777" w:rsidR="00E21E42" w:rsidRPr="00E21E42" w:rsidRDefault="00E21E42" w:rsidP="00E21E42">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27226BC5" w14:textId="77777777" w:rsidR="00E21E42" w:rsidRPr="00E21E42" w:rsidRDefault="00E21E42" w:rsidP="00E21E42">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21E42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Zweite Änderung der Ordnung des Departments für Nutzpflanzen-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C89151" w14:textId="6E8D198A" w:rsidR="008E2FC4" w:rsidRPr="000130AA" w:rsidRDefault="00E21E42" w:rsidP="00E21E42">
+    <w:p w14:paraId="77304D8A" w14:textId="77777777" w:rsidR="00180973" w:rsidRDefault="00E21E42" w:rsidP="00E21E42">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>wissenschaften</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E21E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>873</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23014D41" w14:textId="7F0C7F32" w:rsidR="00180973" w:rsidRDefault="00180973">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3738E145" w14:textId="68C13AED" w:rsidR="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen I Nr. 33 vom 15.10.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C26E059" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00592A45" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A79665D" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00592A45" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E58C1D2" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00592A45" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E106C6E" w14:textId="77777777" w:rsidR="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="343C6C57" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Theologische Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D151269" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erste Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C700C16" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Intercultural</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Theology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>874</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718CAA8D" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C77E3E0" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Juristische Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6DDD91" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erste Änderung der Prüfungs- und Studienordnung für den integrierten </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D9F1AC" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bachelor-Studiengang „Rechtswissenschaften“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>886</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F191FD6" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41E7321A" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Fakultätsübergreifende Satzungen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D79F5B9" w14:textId="77777777" w:rsidR="00180973" w:rsidRPr="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fünfte Änderung der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Promotionsordnung für die Graduiertenschule </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="466F4F10" w14:textId="2AD491BA" w:rsidR="00180973" w:rsidRDefault="00180973" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2705">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Forst- und Agrarwissenschaften (GFA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>892</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD96AFF" w14:textId="77777777" w:rsidR="005C6529" w:rsidRDefault="005C6529" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C3BA167" w14:textId="77777777" w:rsidR="005C6529" w:rsidRDefault="005C6529" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1289EFAC" w14:textId="77777777" w:rsidR="005C6529" w:rsidRDefault="005C6529" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64261C6C" w14:textId="77777777" w:rsidR="005C6529" w:rsidRDefault="005C6529" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BB5AC1D" w14:textId="77777777" w:rsidR="005C6529" w:rsidRDefault="005C6529" w:rsidP="00180973">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E0BC974" w14:textId="597B49C5" w:rsidR="005C6529" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Amtliche Mitteilungen I Nr. 34 vom 24.10.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153C313F" w14:textId="77777777" w:rsidR="005C6529" w:rsidRPr="00592A45" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413A0A04" w14:textId="77777777" w:rsidR="005C6529" w:rsidRPr="00592A45" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9F03E8" w14:textId="77777777" w:rsidR="005C6529" w:rsidRPr="00592A45" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7165CDEB" w14:textId="77777777" w:rsidR="005C6529" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585242AA" w14:textId="77777777" w:rsidR="005C6529" w:rsidRPr="005C6529" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Wahlleitung:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D4619A" w14:textId="77777777" w:rsidR="005C6529" w:rsidRPr="005C6529" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wahlausschreibungen für die Wahlen zu den Kollegialorganen, zur </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB135B8" w14:textId="635BAC67" w:rsidR="00DD0414" w:rsidRDefault="005C6529" w:rsidP="005C6529">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klinikkonferenz, zu den Organen der Studierendenschaft sowie zur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Promovierendenvertretung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>910</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF1D464" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRDefault="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CC2F6E" w14:textId="3667C2BA" w:rsidR="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen I Nr. 35 vom 29.10.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254448F5" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00592A45" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47AFA91C" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00592A45" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F7634D" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00592A45" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A9496F" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E6DEC87" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Universitätsmedizin:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A17B59C" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Dritte Änderung der Prüfungs- und Studienordnung für den internationalen Promotionsstudiengang „Molecular Medicine“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>915</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9EEEDA" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E3DD81F" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Philosophische Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7598D634" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Siebte Änderung der Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035E8AE5" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Studiengang „Weltliteratur/World </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>916</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D032C5C" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC9B5F6" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dritte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5697D4" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „English: Language, Literatures and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Cultures“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>934</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0B6459" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F159D58" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vierte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B423246" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „Kulturanthropologie/Europäische Ethnologie“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>955</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358FAAA1" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6391BE6C" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zweite Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69433090" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Linguistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>962</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AB03C4" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BC4EEC" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sechste Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2C699B" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „Mittelalter- und Renaissance-Studien“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>972</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DC5026" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BFBB0C7" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dritte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B97625" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „Skandinavistik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>978</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F63797" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ABF8701" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Achte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AB0176" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Studiengang „Slavische Philologie“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B63EC60" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336FF6EB" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fünfte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69605941" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>TransRomania</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Studien: Romanische Sprachen, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304D022F" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Literaturen und Kulturen“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15598A50" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271BCC3F" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vierzehnte Änderung der Rahmenprüfungsordnung für Master-Studiengänge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707754AA" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>der Philosophischen Fakultät</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1033</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E7D757" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sozialwissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193CEC3D" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Neunte Änderung der Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513FAC83" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Ethnologie“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1039</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C9FAF4" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AD228D" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Fünfzehnte Änderung der Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3213791A" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Sozialwissenschaften“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1048</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3019BA48" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="660C1BD8" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fächerübergreifende Satzungen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79951671" w14:textId="77777777" w:rsidR="00DD0414" w:rsidRPr="00DD0414" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sechsunddreißigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6346CBF8" w14:textId="678AD93F" w:rsidR="005C6529" w:rsidRDefault="00DD0414" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Zwei-Fächer-Bachelor-Studiengang</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD0414">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1071</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D30B5B7" w14:textId="77777777" w:rsidR="004428D9" w:rsidRDefault="004428D9" w:rsidP="004428D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00B82DE9" w14:textId="77777777" w:rsidR="004428D9" w:rsidRDefault="004428D9" w:rsidP="004428D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Wahlleitung:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C60402" w14:textId="77777777" w:rsidR="004428D9" w:rsidRDefault="004428D9" w:rsidP="004428D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nachtrag zur Wahlausschreibung für die Wahlen zu den Organen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B949BB1" w14:textId="77777777" w:rsidR="004428D9" w:rsidRPr="001F5DE4" w:rsidRDefault="004428D9" w:rsidP="004428D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002408B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Studierendenschaft</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1086</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273D13E3" w14:textId="77777777" w:rsidR="004428D9" w:rsidRDefault="004428D9" w:rsidP="00DD0414">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CC7D1A2" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRDefault="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C23ACD" w14:textId="490BB562" w:rsidR="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen I Nr. 36 vom 06.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E568331" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00592A45" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07F3DBE6" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00592A45" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3147CC04" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00592A45" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6A778B" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231AAC67" w14:textId="33C08C01" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Philosophische Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5154AC28" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00CE6950" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siebte Änderung der Prüfungs- und Studienordnung für die Studienangebote </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385D51F9" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00CE6950" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Professionell Texten im Beruf (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE6950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>ProText</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE6950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)“, „Schreibberatung: Schreiben in </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1E9652" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00CE6950" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der Erstsprache Deutsch“ und „Schreibberatung: Schreiben in </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0379B1F7" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>mehrsprachigen Kontexten“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1088</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01127A5E" w14:textId="6D66262B" w:rsidR="001C44CA" w:rsidRPr="00804520" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00074026">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ungültig; siehe Berichtigung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00074026">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amtliche Mitteilung I Nr. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00074026">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00074026">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>1173</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB53080" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="00D7148F" w:rsidRDefault="001C44CA" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C05D53" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neunte Änderung der Prüfungs- und Studienordnung für Studienangebote </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC8E1D6" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>des Lektorats Deutsch als Fremdsprache</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1092</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8CC0C9" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51CCAF91" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vierte Änderung der Prüfungs- und Studienordnung für das Studienangebot </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347831A2" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Fachliches und literarisches Übersetzen“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1093</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0214D32C" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73F5DEC0" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Fakultät für Forstwissenschaften und Waldökologie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6F6C8E" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Umbenennung der Abteilung Forstzoologie und Waldschutz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1094</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA45747" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EB53AE0" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Wirtschaftswissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A0756C" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>echste Satzung zur Änderung von Ordnungen über die Zugangsvoraus-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC5861B" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>setzungen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und über die Zulassung für Master-Studiengänge der Wirtschaftswissenschaftlichen Fakultät</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1095</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B6736D" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19771097" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Sozialwissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C42B3A" w14:textId="77777777" w:rsidR="00D7148F" w:rsidRPr="00D7148F" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fünfzehnte Änderung der Rahmenprüfungsordnung für Master-Studiengänge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC6094D" w14:textId="77777777" w:rsidR="0075644E" w:rsidRDefault="00D7148F" w:rsidP="00D7148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>der Sozialwissenschaftlichen Fakultät</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1115</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AEB558" w14:textId="77777777" w:rsidR="0075644E" w:rsidRDefault="0075644E">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F19EF12" w14:textId="1FB07FE7" w:rsidR="0075644E" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen I Nr. 37 vom 11.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F58272" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="00592A45" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="059A2177" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="00592A45" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050281BD" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="00592A45" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C37E948" w14:textId="77777777" w:rsidR="0075644E" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="465EC513" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="0075644E" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Sozialwissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBB54AD" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="0075644E" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Neunte Änderung der Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AC4477" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="0075644E" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Politikwissenschaft“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1121</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CB7E57" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="0075644E" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79BACC35" w14:textId="77777777" w:rsidR="0075644E" w:rsidRPr="0075644E" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Vierzehnte Änderung der Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58BBD448" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="0075644E" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Soziologie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0075644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1135</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B59EC61" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594E08C3" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A5C6AD" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284B48E1" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D174B2" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A2DB16" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3206ED35" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="0075644E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B308B1" w14:textId="732838FD" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Amtliche Mitteilungen I Nr. 38 vom 18.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C613EB2" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00592A45" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AF2F0B" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00592A45" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00ACA6EC" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00592A45" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8C4AC0" w14:textId="77777777" w:rsidR="00425693" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AAC7891" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00425693" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fakultätsübergreifende Einrichtungen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559A2B51" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00425693" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dritte Änderung der „Ordnung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>für das Göttinger Graduiertenzentrum für Neurowissenschaften, Biophysik und molekulare Biowissenschaften (GGNB)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1150</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167C97B2" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00425693" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D45644" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00425693" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Zentrale Einrichtungen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FE36F0" w14:textId="77777777" w:rsidR="00425693" w:rsidRPr="00425693" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Einundzwanzigste Änderung der Prüfungsordnung für Studienangebote </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590D4BA9" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRDefault="00425693" w:rsidP="00425693">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83DC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>der Zentralen Einrichtung für Sprachen und Schlüsselqualifikationen (ZESS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1151</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534FFCEB" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRDefault="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB4FAD7" w14:textId="14742262" w:rsidR="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen I Nr. 39 vom 27.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3607CB72" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="00592A45" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="641496E0" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="00592A45" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04ECEDA4" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="00592A45" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10654D06" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1652CB72" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Wirtschaftswissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01538D37" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Sechste Satzung zur Änderung von Ordnungen über die Zugangs-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5D1E50" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>voraussetzungen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und über die Zulassung für Master-Studiengänge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7860F120" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>der Wirtschaftswissenschaftlichen Fakultät (Berichtigung)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1173</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0F4CFD" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78096331" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fakultätsübergreifende Einrichtungen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2F547A" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Änderung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>des „Zentrums für Integrierte Züchtungsforschung“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1193</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C88199" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="042083AE" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erste Änderung der „Ordnung des Zentrums für Integrierte </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E686D6C" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Züchtungsforschung“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1193</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373AB672" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62760575" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Abteilung Wissenschaftsrecht und Trägerstiftung:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BC55BC" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Änderung des Organigramms der Abteilung Wissenschaftsrecht und </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2831ED48" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trägerstiftung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1194</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E68B0C9" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3152C964" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Wahlleitung:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5004C7E9" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nachträge zu den Wahlausschreibungen für die Wahlen zu den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62761387" w14:textId="77777777" w:rsidR="001C44CA" w:rsidRPr="001C44CA" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kollegialorganen, zu den Organen der Studierendenschaft sowie </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A76E37" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRDefault="001C44CA" w:rsidP="001C44CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Promovierendenvertretung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C44CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1196</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76780822" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRDefault="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DCE521" w14:textId="6A665CD8" w:rsidR="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen I Nr. 40 vom 02.12.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364F08AB" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00592A45" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110C4E55" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00592A45" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2025CDED" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00592A45" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6559B5AB" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF9AA88" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Wirtschaftswissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540FD336" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vierundzwanzigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E26941B" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Bachelor-Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Betriebswirtschaftslehre“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290CD9AE" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D07A414" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Fünfte Änderung der Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592E7220" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Sustainable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Development Studies“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1204</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DD0DF7" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C6D9C7D" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zweiundzwanzigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4419467F" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bachelor-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Volkswirtschaftslehre“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1215</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B23CF2" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D8DC58" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dreiundzwanzigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0289D9F0" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bachelor-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Wirtschaftsinformatik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1217</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7A87FA" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60BF8013" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Vierzehnte Änderung der Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA14C38" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Wirtschaftspädagogik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF5C8BA" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33224CE1" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zweiundzwanzigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EC2E40" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konsekutiven Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Angewandte Statistik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1223</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B73747" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FD05317" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fünfundzwanzigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56109151" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>konsekutiven</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Master-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Development </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Economics“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1224</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A3A2D9" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24AB312E" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dreiundzwanzigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568A7D16" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konsekutiven Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Finanzen, Rechnungswesen und Steuern“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1225</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EDAADB" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC062AF" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dreizehnte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6896A638" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Global Business“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1230</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76739998" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD84199" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dreizehnte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42595B48" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Master-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„History of Global </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Markets“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1233</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790FA4AE" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="682DAB02" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Fünfundzwanzigste Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B06590C" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konsekutiven Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„International Economics“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1235</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D92FBB8" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ACFC44C" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dritte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FAA543A" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Management“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1236</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246E0CE3" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF135CF" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zwölfte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAA1BC5" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Marketing und E-Business“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F818AD" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CD782F6" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neunzehnte Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C7D03E" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konsekutiven Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Unternehmensführung“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1241</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168C88D5" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286A1099" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zwölfte Änderung der Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080B806C" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Wirtschaftspädagogik und Personalentwicklung“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1242</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4A639C" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDC303E" w14:textId="77777777" w:rsidR="00C46B32" w:rsidRPr="00C46B32" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Achtzehnte Änderung der Prüfungs- und Studienordnung für den </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C89151" w14:textId="76336275" w:rsidR="008E2FC4" w:rsidRPr="000130AA" w:rsidRDefault="00C46B32" w:rsidP="00C46B32">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...75 lines deleted...]
-        <w:t>873</w:t>
+      <w:r w:rsidRPr="00113187">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konsekutiven Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113187">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Wirtschaftsinformatik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C46B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1243</w:t>
       </w:r>
       <w:r w:rsidR="008E2FC4" w:rsidRPr="000130AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="449B537A" w14:textId="1D7DEBB7" w:rsidR="005A6027" w:rsidRPr="009E6CDA" w:rsidRDefault="005A6027" w:rsidP="005A6027">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -34477,109 +40948,6441 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00420001">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Modulverzeichnis</w:t>
       </w:r>
       <w:r w:rsidRPr="00420001">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> zur</w:t>
       </w:r>
       <w:r w:rsidRPr="00420001">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prüfungs- und Studienordnung für den </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262D2D43" w14:textId="7AD327B5" w:rsidR="000D3ABC" w:rsidRPr="000D3ABC" w:rsidRDefault="00420001" w:rsidP="00420001">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="262D2D43" w14:textId="7AD327B5" w:rsidR="000D3ABC" w:rsidRDefault="00420001" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E605F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>konsekutiven Master-Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E605F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Modern Indian Studies“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>20791</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C779627" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F6EAD62" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D28FAA" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01413CE0" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE94BC7" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46E7CEFE" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="562F7444" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B88740A" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6372D4C1" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00420001">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="665A99A1" w14:textId="1357A6B6" w:rsidR="00BA7EA4" w:rsidRPr="00DB635F" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Amtliche Mitteilungen II Nr. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC4976C" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRPr="00DB635F" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CF1CD38" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRPr="00DB635F" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435AC605" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRPr="00DB635F" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6B7E25" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRPr="00DB635F" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D433364" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRPr="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Theologische Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76177C1C" w14:textId="77777777" w:rsidR="00BA7EA4" w:rsidRPr="00BA7EA4" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1128E5" w14:textId="1B18880B" w:rsidR="00D3579A" w:rsidRDefault="00BA7EA4" w:rsidP="00BA7EA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B05CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B05CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Intercultural</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B05CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B05CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Theology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B05CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>20884</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1727C42C" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRDefault="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9D8BF9" w14:textId="3671DA56" w:rsidR="00D3579A" w:rsidRPr="00DB635F" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen II Nr. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160FADF2" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00DB635F" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7290D256" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00DB635F" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E21AA3" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00DB635F" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524C08C" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00DB635F" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04CB7CD7" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Philosophische Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D80E8E6" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25737A27" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Studiengang „Weltliteratur/World </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>20918</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A21DF4A" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="608011C4" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C367E05" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-Studiengang „Philosophie“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21033</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418D5C49" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="671A2785" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716B12B3" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Master-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„English: Language, Literatures and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Cultures“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21062</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B940C2" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F62352" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk212635176"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B6009E" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
-          <w:bCs/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E605F3">
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Kulturanthropologie/Europäische Ethnologie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21147</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E428297" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6898C8D9" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485E1F8C" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Linguistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21180</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DED1B38" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C3A199E" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF5C048" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Mittelalter- und Renaissance-Studien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21384</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDE43A0" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02D5372E" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B2A279" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Skandinavistik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21504</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080FCFBC" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A10642" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7979FD32" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Slavische Philologie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21550</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C734DE5" w14:textId="77777777" w:rsidR="00A91815" w:rsidRPr="00D3579A" w:rsidRDefault="00A91815" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F36498" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F66F7C2" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>TransRomania</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Studien: Romanische Sprachen, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3B8D78" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Literaturen und Kulturen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21628</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AEECB7" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58BC0431" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>konsekutiven Master-Studiengang „</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E605F3">
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Sozialwissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF9B23A" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69374085" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
-        <w:t>Modern Indian Studies“</w:t>
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Ethnologie“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21805</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB639DD" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD6DB95" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „Sozialwissenschaften</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21947</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B2A631" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459E6F15" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Fakultätsübergreifende Studiengänge:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1844D4" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Neufassung des Modulverzeichnisses zur Prüfungs- und Studienordnung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40156ECE" w14:textId="77777777" w:rsidR="00D3579A" w:rsidRPr="00D3579A" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>für den Zwei-Fächer-Bachelor-Studiengang für den Teilstudiengang</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F24352B" w14:textId="11489CFF" w:rsidR="00BA7EA4" w:rsidRDefault="00D3579A" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Volkswirtschaftslehre“ (Wirtschaftswissenschaftliche Fakultät)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3579A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>22247</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9B0E6A" w14:textId="77777777" w:rsidR="002342D0" w:rsidRDefault="002342D0" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="501828C1" w14:textId="77777777" w:rsidR="002342D0" w:rsidRDefault="002342D0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2967115F" w14:textId="5D45521C" w:rsidR="002342D0" w:rsidRPr="00DB635F" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen II Nr. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7212338A" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="00DB635F" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F5037A9" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="00DB635F" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0374120F" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="00DB635F" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E57DC1" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="00DB635F" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E75D61" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Philosophische Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F62603" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für die Studien-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1CF76A" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>angebote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Professionell Texten im Beruf (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>ProText</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)“, „Schreibberatung: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114C6B70" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Schreiben in der Erstsprache Deutsch“ und „Schreibberatung: Schreiben </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC25791" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>in mehrsprachigen Kontexten“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>22489</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A63224" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67DE4819" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für Studienangebote </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5580C9B0" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>des Lektorats Deutsch als Fremdsprache</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>22531</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C64046" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="789CA760" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für das Studien-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCE07EF" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>angebot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Fachliches und literarisches Übersetzen“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>22588</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7713319D" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3663536A" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Sozialwissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B83DB42" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rahmenprüfungsordnung für Master-Studiengänge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7F2CF9" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>der Sozialwissenschaftlichen Fakultät</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>22614</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25ED1690" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13875E71" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3EDD82" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Politikwissenschaft“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>22880</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C49081" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E87B42" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CD5704" w14:textId="13302FBE" w:rsidR="00BD4585" w:rsidRDefault="002342D0" w:rsidP="002342D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Soziologie“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002342D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>23106</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA448CA" w14:textId="77777777" w:rsidR="00BD4585" w:rsidRDefault="00BD4585">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
-        <w:tab/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75024F0C" w14:textId="4A3B1064" w:rsidR="00BD4585" w:rsidRPr="00DB635F" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen II Nr. 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749F651C" w14:textId="77777777" w:rsidR="00BD4585" w:rsidRPr="00DB635F" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21F6E22D" w14:textId="77777777" w:rsidR="00BD4585" w:rsidRPr="00DB635F" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174FADB2" w14:textId="77777777" w:rsidR="00BD4585" w:rsidRPr="00DB635F" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C734DE" w14:textId="77777777" w:rsidR="00BD4585" w:rsidRPr="00DB635F" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286A84AC" w14:textId="77777777" w:rsidR="00BD4585" w:rsidRPr="00ED0DA2" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Zentrale Einrichtungen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197085DD" w14:textId="77777777" w:rsidR="00BD4585" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00713CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungsordnung für Studienangebote der Zentralen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4B0CA1" w14:textId="0CCC3ECA" w:rsidR="002342D0" w:rsidRPr="002342D0" w:rsidRDefault="00BD4585" w:rsidP="00BD4585">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Einrichtung für Sprachen und Schlüsselqualifikationen (ZESS)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>23256</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27194468" w14:textId="77777777" w:rsidR="006E392C" w:rsidRDefault="006E392C">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B9A95A" w14:textId="3AAF6D1A" w:rsidR="006E392C" w:rsidRPr="00DB635F" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Amtliche Mitteilungen II Nr. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>04</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA29971" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="00DB635F" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E56348" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="00DB635F" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Inhaltsverzeichnis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661EBC30" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="00DB635F" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DB635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Seite</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44266104" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="00DB635F" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7797"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4401D001" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Wirtschaftswissenschaftliche Fakultät:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14959167" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F7EA7E" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="000D3ABC" w:rsidRPr="000D3ABC">
+        <w:t>Betriebswirtschaftslehre“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>23753</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EBC7F3" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1562AFDD" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06016B0F" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Sustainable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Development Studies“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>24153</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F74D3A5" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE85FCC" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AFDC84" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Volkswirtschaftslehre“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>24613</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AB91C4" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2203CF91" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk215573090"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073EAC78" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Wirtschaftsinformatik“</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>25003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6B3351" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D9C54FC" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Prüfungs- und Studienordnung für den Bachelor-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017527FC" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>Wirtschaftspädagogik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>25336</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068B9943" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="348340FC" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A60D7E0" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Angewandte Statistik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>25520</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60467C22" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B151F0D" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4454E6BA" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Development Economics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>26105</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08243F78" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A3A686" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E384AE8" w14:textId="6AC4FB51" w:rsidR="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Finanzen, Rechnungswesen und Steuern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>26645</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348226E5" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="409E733C" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk215737744"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B78D2E" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Global Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>27149</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AFE305" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43A51154" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E96AD8A" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Master-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Studiengang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">History of Global </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Markets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>27651</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C61CB" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25439FEB" w14:textId="77777777" w:rsidR="006E392C" w:rsidRDefault="006E392C">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5590A0B5" w14:textId="001AF55D" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2872122D" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„International Economics“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>28348</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B301AB2" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F7CEA0B" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk215739151"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362B777F" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Management“</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>28903</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C941243" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="178D66FD" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B4B8CD" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Marketing und E-Business“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>29424</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E224F7C" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05503F09" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728F00D3" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Unternehmensführung“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>29901</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731FA692" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20461C10" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAF5061" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Wirtschaftsinformatik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>30430</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAB666A" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4684CDCB" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD7C40D" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Wirtschaftspädagogik und Personalentwicklung“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>30910</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438928B9" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FEC20BD" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Modulverzeichnis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungs- und Studienordnung für den konsekutiven </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B0E334" w14:textId="77777777" w:rsidR="006E392C" w:rsidRPr="006E392C" w:rsidRDefault="006E392C" w:rsidP="006E392C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master-Studiengang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>„Wirtschaftspädagogik“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>31400</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02198DF1" w14:textId="77777777" w:rsidR="002342D0" w:rsidRPr="000D3ABC" w:rsidRDefault="002342D0" w:rsidP="00D3579A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002342D0" w:rsidRPr="000D3ABC">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="62EE4C03" w14:textId="77777777" w:rsidR="00FD55D8" w:rsidRDefault="00FD55D8" w:rsidP="000108FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -35117,450 +47920,480 @@
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2AA03358" w14:textId="77777777" w:rsidR="00FD55D8" w:rsidRPr="002B4B33" w:rsidRDefault="00FD55D8">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="115"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0041638E"/>
     <w:rsid w:val="000007E0"/>
     <w:rsid w:val="00005538"/>
     <w:rsid w:val="000108FE"/>
     <w:rsid w:val="000130AA"/>
     <w:rsid w:val="0001337C"/>
     <w:rsid w:val="00013D82"/>
     <w:rsid w:val="00015C61"/>
     <w:rsid w:val="00020798"/>
     <w:rsid w:val="0002601F"/>
     <w:rsid w:val="0003005C"/>
     <w:rsid w:val="00032BC2"/>
     <w:rsid w:val="0003584D"/>
     <w:rsid w:val="000466BC"/>
     <w:rsid w:val="00074026"/>
     <w:rsid w:val="00095F4C"/>
     <w:rsid w:val="000A2204"/>
     <w:rsid w:val="000B2988"/>
     <w:rsid w:val="000B56CD"/>
     <w:rsid w:val="000B6ADC"/>
     <w:rsid w:val="000C06D5"/>
     <w:rsid w:val="000C6FE5"/>
     <w:rsid w:val="000D0396"/>
     <w:rsid w:val="000D0894"/>
     <w:rsid w:val="000D2BD0"/>
     <w:rsid w:val="000D3ABC"/>
     <w:rsid w:val="000D4356"/>
     <w:rsid w:val="000E0324"/>
+    <w:rsid w:val="000E29CF"/>
     <w:rsid w:val="000E428B"/>
     <w:rsid w:val="000E5042"/>
     <w:rsid w:val="000E69D9"/>
     <w:rsid w:val="000E7629"/>
     <w:rsid w:val="000F7F10"/>
+    <w:rsid w:val="00104623"/>
     <w:rsid w:val="00106445"/>
     <w:rsid w:val="00106BB0"/>
     <w:rsid w:val="00113D0F"/>
     <w:rsid w:val="0012562D"/>
     <w:rsid w:val="00132638"/>
     <w:rsid w:val="00142FE5"/>
     <w:rsid w:val="00150F13"/>
     <w:rsid w:val="00153B92"/>
     <w:rsid w:val="00155A32"/>
     <w:rsid w:val="001605CA"/>
     <w:rsid w:val="00165DE6"/>
     <w:rsid w:val="001708DE"/>
     <w:rsid w:val="00173C37"/>
     <w:rsid w:val="00174086"/>
     <w:rsid w:val="00177339"/>
+    <w:rsid w:val="00180973"/>
     <w:rsid w:val="00190CEC"/>
     <w:rsid w:val="00190DE1"/>
     <w:rsid w:val="00191DB0"/>
     <w:rsid w:val="00193074"/>
     <w:rsid w:val="001A2EA5"/>
     <w:rsid w:val="001B19AE"/>
     <w:rsid w:val="001B315A"/>
     <w:rsid w:val="001C1A04"/>
     <w:rsid w:val="001C42C4"/>
+    <w:rsid w:val="001C44CA"/>
     <w:rsid w:val="001C4F9C"/>
     <w:rsid w:val="001C6543"/>
     <w:rsid w:val="001D0DDD"/>
     <w:rsid w:val="001E2974"/>
     <w:rsid w:val="002103C3"/>
     <w:rsid w:val="00211657"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="002202E5"/>
     <w:rsid w:val="0022083C"/>
     <w:rsid w:val="00221F2D"/>
     <w:rsid w:val="002229A4"/>
     <w:rsid w:val="0022507E"/>
     <w:rsid w:val="00233C97"/>
+    <w:rsid w:val="002342D0"/>
     <w:rsid w:val="002355ED"/>
     <w:rsid w:val="00237178"/>
     <w:rsid w:val="00252FD9"/>
     <w:rsid w:val="00253289"/>
     <w:rsid w:val="00255E44"/>
     <w:rsid w:val="002611DC"/>
     <w:rsid w:val="00276D98"/>
     <w:rsid w:val="002A0262"/>
     <w:rsid w:val="002A1A2B"/>
     <w:rsid w:val="002A3982"/>
     <w:rsid w:val="002B2285"/>
     <w:rsid w:val="002B4ABC"/>
     <w:rsid w:val="002C0B09"/>
     <w:rsid w:val="002C1C00"/>
     <w:rsid w:val="002C335D"/>
     <w:rsid w:val="002D0252"/>
     <w:rsid w:val="002D73E2"/>
     <w:rsid w:val="002E02DF"/>
     <w:rsid w:val="002F2F4A"/>
     <w:rsid w:val="002F3986"/>
     <w:rsid w:val="002F6E6D"/>
     <w:rsid w:val="003077F2"/>
     <w:rsid w:val="003102F2"/>
     <w:rsid w:val="0031374D"/>
     <w:rsid w:val="003229E5"/>
     <w:rsid w:val="00322B48"/>
     <w:rsid w:val="00325178"/>
     <w:rsid w:val="00331F16"/>
     <w:rsid w:val="00336CB4"/>
     <w:rsid w:val="00342A66"/>
     <w:rsid w:val="003605B1"/>
     <w:rsid w:val="00367E00"/>
     <w:rsid w:val="00370CCB"/>
     <w:rsid w:val="003818DE"/>
     <w:rsid w:val="00384C61"/>
     <w:rsid w:val="00390684"/>
     <w:rsid w:val="00393BE1"/>
     <w:rsid w:val="003B4F91"/>
     <w:rsid w:val="003B5C38"/>
     <w:rsid w:val="003C17D8"/>
     <w:rsid w:val="003C3AB3"/>
     <w:rsid w:val="003C4520"/>
     <w:rsid w:val="003C54E5"/>
     <w:rsid w:val="003F306A"/>
     <w:rsid w:val="00403EBE"/>
     <w:rsid w:val="00412A04"/>
     <w:rsid w:val="0041638E"/>
     <w:rsid w:val="00420001"/>
     <w:rsid w:val="00423E59"/>
+    <w:rsid w:val="00425693"/>
     <w:rsid w:val="0043100F"/>
     <w:rsid w:val="004312CB"/>
     <w:rsid w:val="00432565"/>
     <w:rsid w:val="00433364"/>
+    <w:rsid w:val="004428D9"/>
     <w:rsid w:val="004459B4"/>
     <w:rsid w:val="00456695"/>
     <w:rsid w:val="00456865"/>
     <w:rsid w:val="00457013"/>
     <w:rsid w:val="00465018"/>
     <w:rsid w:val="0047240E"/>
     <w:rsid w:val="00474084"/>
     <w:rsid w:val="00487037"/>
     <w:rsid w:val="00490392"/>
     <w:rsid w:val="0049248F"/>
     <w:rsid w:val="004938F8"/>
     <w:rsid w:val="00497A0A"/>
     <w:rsid w:val="004A4F8E"/>
     <w:rsid w:val="004B2373"/>
     <w:rsid w:val="004B6BAC"/>
     <w:rsid w:val="004C3FB0"/>
     <w:rsid w:val="004C4C2F"/>
     <w:rsid w:val="004E3C4A"/>
     <w:rsid w:val="004F25D3"/>
     <w:rsid w:val="00501C2B"/>
     <w:rsid w:val="00510533"/>
     <w:rsid w:val="00510F12"/>
     <w:rsid w:val="00515241"/>
     <w:rsid w:val="00517394"/>
     <w:rsid w:val="0053239D"/>
     <w:rsid w:val="00534D86"/>
     <w:rsid w:val="0053526A"/>
     <w:rsid w:val="00544C63"/>
     <w:rsid w:val="005662FD"/>
     <w:rsid w:val="00574101"/>
     <w:rsid w:val="00574521"/>
     <w:rsid w:val="0057552B"/>
     <w:rsid w:val="0058144A"/>
     <w:rsid w:val="00586964"/>
     <w:rsid w:val="005A4BCD"/>
     <w:rsid w:val="005A6027"/>
     <w:rsid w:val="005A6D98"/>
     <w:rsid w:val="005B0E72"/>
     <w:rsid w:val="005B1E5A"/>
     <w:rsid w:val="005B332C"/>
     <w:rsid w:val="005C47C4"/>
+    <w:rsid w:val="005C6529"/>
     <w:rsid w:val="005D2807"/>
     <w:rsid w:val="005D3C5D"/>
     <w:rsid w:val="005D54AC"/>
     <w:rsid w:val="005D6F90"/>
     <w:rsid w:val="005E2E3E"/>
     <w:rsid w:val="005E3628"/>
     <w:rsid w:val="005E593B"/>
     <w:rsid w:val="005F2917"/>
     <w:rsid w:val="0060077D"/>
     <w:rsid w:val="00613AAD"/>
     <w:rsid w:val="00614428"/>
     <w:rsid w:val="00644FF7"/>
     <w:rsid w:val="00656160"/>
     <w:rsid w:val="00660CB9"/>
     <w:rsid w:val="00664ADE"/>
     <w:rsid w:val="0066674B"/>
     <w:rsid w:val="0066679D"/>
     <w:rsid w:val="006715F7"/>
     <w:rsid w:val="00676A11"/>
     <w:rsid w:val="006916F2"/>
     <w:rsid w:val="006974D8"/>
     <w:rsid w:val="006A2AE1"/>
     <w:rsid w:val="006A35AF"/>
+    <w:rsid w:val="006B1A3B"/>
     <w:rsid w:val="006B61D8"/>
     <w:rsid w:val="006C7EFD"/>
     <w:rsid w:val="006E1451"/>
+    <w:rsid w:val="006E392C"/>
     <w:rsid w:val="006E6261"/>
     <w:rsid w:val="006F418A"/>
     <w:rsid w:val="00722551"/>
     <w:rsid w:val="0072739C"/>
     <w:rsid w:val="007275A0"/>
     <w:rsid w:val="00733515"/>
     <w:rsid w:val="00750940"/>
     <w:rsid w:val="00750AF9"/>
     <w:rsid w:val="0075160E"/>
     <w:rsid w:val="00754B0D"/>
     <w:rsid w:val="007559C9"/>
+    <w:rsid w:val="0075644E"/>
     <w:rsid w:val="0076256D"/>
     <w:rsid w:val="00764A20"/>
     <w:rsid w:val="007655A6"/>
     <w:rsid w:val="00765F08"/>
     <w:rsid w:val="007676F5"/>
     <w:rsid w:val="00770865"/>
     <w:rsid w:val="0077699A"/>
     <w:rsid w:val="0078169C"/>
     <w:rsid w:val="0079587F"/>
     <w:rsid w:val="00796126"/>
     <w:rsid w:val="007A1A2A"/>
     <w:rsid w:val="007B324E"/>
     <w:rsid w:val="007B4D9A"/>
     <w:rsid w:val="007D1EF1"/>
     <w:rsid w:val="007E1D14"/>
     <w:rsid w:val="007E6CAA"/>
     <w:rsid w:val="007F2BC7"/>
     <w:rsid w:val="007F5FF9"/>
     <w:rsid w:val="007F701D"/>
     <w:rsid w:val="007F7FDC"/>
     <w:rsid w:val="00804520"/>
     <w:rsid w:val="008173BE"/>
+    <w:rsid w:val="00827604"/>
     <w:rsid w:val="00830A3A"/>
     <w:rsid w:val="0083774E"/>
+    <w:rsid w:val="008434EC"/>
     <w:rsid w:val="00843AF1"/>
     <w:rsid w:val="00860262"/>
     <w:rsid w:val="008704A7"/>
     <w:rsid w:val="00876F5E"/>
     <w:rsid w:val="00882384"/>
     <w:rsid w:val="00883AEA"/>
     <w:rsid w:val="00887739"/>
     <w:rsid w:val="00890F28"/>
     <w:rsid w:val="008B2AB2"/>
     <w:rsid w:val="008C24E1"/>
+    <w:rsid w:val="008C5B08"/>
     <w:rsid w:val="008D605A"/>
     <w:rsid w:val="008E2FC4"/>
     <w:rsid w:val="008E4358"/>
     <w:rsid w:val="00900439"/>
     <w:rsid w:val="009105A4"/>
     <w:rsid w:val="009132D4"/>
     <w:rsid w:val="009162C0"/>
+    <w:rsid w:val="00920D4C"/>
     <w:rsid w:val="009226C7"/>
     <w:rsid w:val="0092480B"/>
     <w:rsid w:val="0093584C"/>
     <w:rsid w:val="00936930"/>
     <w:rsid w:val="0095284D"/>
     <w:rsid w:val="009529FF"/>
+    <w:rsid w:val="00954134"/>
     <w:rsid w:val="009627EA"/>
     <w:rsid w:val="00965B0B"/>
     <w:rsid w:val="0096693D"/>
     <w:rsid w:val="0097784E"/>
     <w:rsid w:val="00982D32"/>
     <w:rsid w:val="00986DF7"/>
     <w:rsid w:val="0099205A"/>
     <w:rsid w:val="00994FFC"/>
     <w:rsid w:val="009A2623"/>
     <w:rsid w:val="009A5FC0"/>
     <w:rsid w:val="009A7BFF"/>
     <w:rsid w:val="009B685B"/>
     <w:rsid w:val="009C0485"/>
     <w:rsid w:val="009C2D80"/>
     <w:rsid w:val="009D4B75"/>
     <w:rsid w:val="009D76DB"/>
     <w:rsid w:val="009E0C9D"/>
     <w:rsid w:val="009E21F9"/>
     <w:rsid w:val="009E2CC0"/>
     <w:rsid w:val="009E6D3B"/>
     <w:rsid w:val="009F260B"/>
+    <w:rsid w:val="00A077A4"/>
     <w:rsid w:val="00A108F7"/>
     <w:rsid w:val="00A16EA9"/>
     <w:rsid w:val="00A25287"/>
     <w:rsid w:val="00A260FC"/>
     <w:rsid w:val="00A313CC"/>
     <w:rsid w:val="00A35DE7"/>
     <w:rsid w:val="00A405D0"/>
     <w:rsid w:val="00A463BE"/>
     <w:rsid w:val="00A6666C"/>
     <w:rsid w:val="00A74614"/>
     <w:rsid w:val="00A8451F"/>
     <w:rsid w:val="00A8732C"/>
+    <w:rsid w:val="00A91815"/>
     <w:rsid w:val="00A91E88"/>
     <w:rsid w:val="00A9443D"/>
     <w:rsid w:val="00A94B05"/>
     <w:rsid w:val="00AA3EBF"/>
     <w:rsid w:val="00AA4956"/>
     <w:rsid w:val="00AA7E84"/>
     <w:rsid w:val="00AB48DB"/>
     <w:rsid w:val="00AC2B78"/>
     <w:rsid w:val="00AC4180"/>
     <w:rsid w:val="00AC7E62"/>
     <w:rsid w:val="00AC7F23"/>
     <w:rsid w:val="00AD08C3"/>
     <w:rsid w:val="00AD2767"/>
+    <w:rsid w:val="00AD53DD"/>
     <w:rsid w:val="00AE0EC6"/>
     <w:rsid w:val="00AE2034"/>
     <w:rsid w:val="00AF2C7E"/>
     <w:rsid w:val="00B02E68"/>
     <w:rsid w:val="00B03511"/>
     <w:rsid w:val="00B0638C"/>
     <w:rsid w:val="00B07D4D"/>
     <w:rsid w:val="00B11006"/>
     <w:rsid w:val="00B2242A"/>
     <w:rsid w:val="00B23631"/>
     <w:rsid w:val="00B240CE"/>
     <w:rsid w:val="00B2412F"/>
     <w:rsid w:val="00B3444A"/>
     <w:rsid w:val="00B34DBD"/>
     <w:rsid w:val="00B352F1"/>
+    <w:rsid w:val="00B40250"/>
     <w:rsid w:val="00B427E0"/>
     <w:rsid w:val="00B43C36"/>
     <w:rsid w:val="00B50B5D"/>
     <w:rsid w:val="00B57940"/>
     <w:rsid w:val="00B65AC1"/>
     <w:rsid w:val="00B675DA"/>
     <w:rsid w:val="00B72FC7"/>
     <w:rsid w:val="00B80535"/>
+    <w:rsid w:val="00B81B02"/>
     <w:rsid w:val="00B90C66"/>
+    <w:rsid w:val="00BA7EA4"/>
     <w:rsid w:val="00BB3827"/>
     <w:rsid w:val="00BC0F56"/>
     <w:rsid w:val="00BC252A"/>
     <w:rsid w:val="00BD11F5"/>
+    <w:rsid w:val="00BD4585"/>
     <w:rsid w:val="00BE3BC0"/>
     <w:rsid w:val="00BE5AB8"/>
     <w:rsid w:val="00BF1E94"/>
     <w:rsid w:val="00BF2F6D"/>
     <w:rsid w:val="00BF4394"/>
     <w:rsid w:val="00C01EAD"/>
     <w:rsid w:val="00C10170"/>
     <w:rsid w:val="00C13A43"/>
     <w:rsid w:val="00C409AE"/>
+    <w:rsid w:val="00C46B32"/>
     <w:rsid w:val="00C52B9B"/>
     <w:rsid w:val="00C64396"/>
     <w:rsid w:val="00C64F15"/>
     <w:rsid w:val="00C66185"/>
     <w:rsid w:val="00C676FE"/>
     <w:rsid w:val="00C72F78"/>
     <w:rsid w:val="00C76B32"/>
     <w:rsid w:val="00C83E86"/>
     <w:rsid w:val="00C84DFE"/>
     <w:rsid w:val="00C85D32"/>
     <w:rsid w:val="00C87ABF"/>
     <w:rsid w:val="00C93541"/>
     <w:rsid w:val="00C94EB9"/>
     <w:rsid w:val="00C94F76"/>
     <w:rsid w:val="00C96C53"/>
     <w:rsid w:val="00CA5438"/>
     <w:rsid w:val="00CA72FD"/>
     <w:rsid w:val="00CA7CDB"/>
     <w:rsid w:val="00CB10F7"/>
     <w:rsid w:val="00CB3E55"/>
+    <w:rsid w:val="00CB5346"/>
     <w:rsid w:val="00CC78FC"/>
     <w:rsid w:val="00CD0177"/>
     <w:rsid w:val="00CD511A"/>
+    <w:rsid w:val="00CE6950"/>
     <w:rsid w:val="00CE7E9B"/>
     <w:rsid w:val="00CF45B0"/>
     <w:rsid w:val="00CF46F8"/>
     <w:rsid w:val="00CF4739"/>
     <w:rsid w:val="00D0201E"/>
     <w:rsid w:val="00D13271"/>
     <w:rsid w:val="00D1475D"/>
     <w:rsid w:val="00D347DC"/>
+    <w:rsid w:val="00D3579A"/>
+    <w:rsid w:val="00D5365D"/>
     <w:rsid w:val="00D55D00"/>
     <w:rsid w:val="00D61E43"/>
     <w:rsid w:val="00D70114"/>
+    <w:rsid w:val="00D7148F"/>
     <w:rsid w:val="00D72FC2"/>
     <w:rsid w:val="00D80850"/>
     <w:rsid w:val="00D9205C"/>
     <w:rsid w:val="00D9718C"/>
     <w:rsid w:val="00DA17C1"/>
     <w:rsid w:val="00DB4AEB"/>
     <w:rsid w:val="00DB635F"/>
     <w:rsid w:val="00DB6C7B"/>
     <w:rsid w:val="00DC201F"/>
     <w:rsid w:val="00DC26D6"/>
     <w:rsid w:val="00DC2768"/>
     <w:rsid w:val="00DC3B12"/>
     <w:rsid w:val="00DC68E4"/>
+    <w:rsid w:val="00DD0414"/>
     <w:rsid w:val="00DD421B"/>
     <w:rsid w:val="00DF330A"/>
     <w:rsid w:val="00DF422D"/>
     <w:rsid w:val="00DF7782"/>
     <w:rsid w:val="00E0062E"/>
     <w:rsid w:val="00E168E7"/>
     <w:rsid w:val="00E21411"/>
     <w:rsid w:val="00E21E42"/>
     <w:rsid w:val="00E2708A"/>
     <w:rsid w:val="00E3092B"/>
     <w:rsid w:val="00E32DAB"/>
     <w:rsid w:val="00E337B8"/>
     <w:rsid w:val="00E45E38"/>
     <w:rsid w:val="00E51E6E"/>
     <w:rsid w:val="00E56A70"/>
     <w:rsid w:val="00E601E6"/>
     <w:rsid w:val="00E615C0"/>
     <w:rsid w:val="00E67F5A"/>
     <w:rsid w:val="00E83FF4"/>
     <w:rsid w:val="00E911B2"/>
     <w:rsid w:val="00E93BEE"/>
     <w:rsid w:val="00E94B4A"/>
     <w:rsid w:val="00EB0361"/>
     <w:rsid w:val="00EB4BDE"/>
     <w:rsid w:val="00EC75F2"/>
@@ -36691,70 +49524,70 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A66A999-F7CD-4C08-9325-B034BC87A38D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>37</Pages>
-[...1 lines deleted...]
-  <Characters>29498</Characters>
+  <Pages>51</Pages>
+  <Words>6481</Words>
+  <Characters>40836</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>245</Lines>
-  <Paragraphs>68</Paragraphs>
+  <Lines>340</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georg-August-Universität Göttingen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34112</CharactersWithSpaces>
+  <CharactersWithSpaces>47223</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lohde, Dorothee (ZVW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>